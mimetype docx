--- v0 (2025-10-23)
+++ v1 (2026-03-27)
@@ -5,202 +5,202 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="28A4F199" w14:textId="77777777" w:rsidR="0079736D" w:rsidRPr="00EB0D29" w:rsidRDefault="0079736D" w:rsidP="008B7CC1">
+    <w:p w14:paraId="28A4F199" w14:textId="77777777" w:rsidR="0079736D" w:rsidRPr="00B41F54" w:rsidRDefault="0079736D" w:rsidP="008B7CC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB0D29">
+      <w:r w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PEO CHAPTER BQ</w:t>
       </w:r>
-      <w:r w:rsidR="004070DC" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="004070DC" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A50D28" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="00A50D28" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FLORIDA</w:t>
       </w:r>
-      <w:r w:rsidR="00EB0D29" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="00EB0D29" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> SCHOLARSHIP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD543A3" w14:textId="56366221" w:rsidR="00D3634D" w:rsidRPr="00EB0D29" w:rsidRDefault="006A57F8" w:rsidP="00EB0D29">
+    <w:p w14:paraId="5AD543A3" w14:textId="50B0EC79" w:rsidR="00D3634D" w:rsidRPr="00B41F54" w:rsidRDefault="006A57F8" w:rsidP="00EB0D29">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00482C23">
+      <w:r w:rsidR="00482C23" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00186930">
-[...9 lines deleted...]
-      <w:r w:rsidR="00EB0D29" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="002B4E51" w:rsidRPr="00B41F54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0D29" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="0079736D" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APPLICATION </w:t>
       </w:r>
-      <w:r w:rsidR="004070DC" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="004070DC" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSTRUCTIONS</w:t>
       </w:r>
-      <w:r w:rsidR="00D3634D" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="00D3634D" w:rsidRPr="00B41F54">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4290A1E0" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRPr="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="008B7CC1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>About PEO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419EEA2A" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+    <w:p w14:paraId="419EEA2A" w14:textId="2E6CB699" w:rsidR="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PEO is an international philanthropic organization where women celebrate the advancement of women, educate women through scholarships/grants/loans/stewardship of Cottey College, and help motivate women to achieve their highest aspirations. Chapter BQ of Florida enjoys </w:t>
       </w:r>
       <w:r w:rsidR="00D3634D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sharing a passion for providing education</w:t>
       </w:r>
       <w:r w:rsidR="00792AC5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -218,72 +218,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>developing</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">close friendships, </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">, and </w:t>
+        <w:t xml:space="preserve">close friendships, and </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sharing</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> experiences and insights </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -327,278 +306,397 @@
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>About This Scholarship</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C7E1F3" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+    <w:p w14:paraId="12C7E1F3" w14:textId="1DF4879B" w:rsidR="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PEO Chapter BQ, Florida </w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Schola</w:t>
       </w:r>
       <w:r w:rsidR="00774154" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rships are provided </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">annually for </w:t>
+        <w:t>annuall</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7F6E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41F54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the support of actively involved students to </w:t>
+        <w:t xml:space="preserve"> support actively involved students </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7F6E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in pursuit of </w:t>
+      </w:r>
+      <w:r w:rsidR="0079736D" w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>higher education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at an accredited, not-for-profit</w:t>
+      </w:r>
+      <w:r w:rsidR="00971D6F" w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or public</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971D6F" w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>technical/vocational school, community college, college</w:t>
+      </w:r>
+      <w:r w:rsidR="00237C54" w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00971D6F" w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or university.</w:t>
+      </w:r>
+      <w:r w:rsidR="0079736D" w:rsidRPr="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scholarship amounts may vary each year based on number of applicants and </w:t>
+      </w:r>
+      <w:r w:rsidR="002200D9" w:rsidRPr="00EB0D29">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>chapter</w:t>
+      </w:r>
+      <w:r w:rsidR="0079736D" w:rsidRPr="00EB0D29">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0D29">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Scholarship Committee comprised of Chapter BQ members reviews the applications and makes recommendations </w:t>
+      </w:r>
+      <w:r w:rsidR="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the entire Chapter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0D29">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for awarding the scholarship</w:t>
+      </w:r>
+      <w:r w:rsidR="00237C54">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0D29">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The award is then approved by the International PEO Foundation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>obtain</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> resources. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A Scholarship Committee comprised of Chapter BQ members reviews the applications and makes recommendations for awarding the scholarship. The award is then approved by the International PEO Foundation.</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>Relatives of members of the Scholarship Committee are not eligible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E8D243" w14:textId="77777777" w:rsidR="001800DE" w:rsidRDefault="001800DE" w:rsidP="00EB0D29">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5ED73CDD" w14:textId="73D2A3C5" w:rsidR="001800DE" w:rsidRPr="00252500" w:rsidRDefault="001800DE" w:rsidP="00EB0D29">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00252500">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Requirements for consideration:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1933E432" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRPr="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+    <w:p w14:paraId="1933E432" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRPr="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You must be a</w:t>
       </w:r>
       <w:r w:rsidR="008D68D2" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> female student who is a full-time resident of Orange </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or Seminole County</w:t>
       </w:r>
       <w:r w:rsidR="007076C5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Florida</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C61F7D" w14:textId="7F5F6F44" w:rsidR="00EB0D29" w:rsidRPr="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+    <w:p w14:paraId="3FA2DF3A" w14:textId="77777777" w:rsidR="00921231" w:rsidRDefault="00EB0D29" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You must have</w:t>
       </w:r>
       <w:r w:rsidR="00A7135A" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a cumulative</w:t>
       </w:r>
       <w:r w:rsidR="00E927AD" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -669,67 +767,140 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00E927AD" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at the time of application</w:t>
       </w:r>
       <w:r w:rsidR="00A7135A" w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004E4ABB" w:rsidRPr="005E5053">
+      <w:r w:rsidR="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C61F7D" w14:textId="75B84B31" w:rsidR="00EB0D29" w:rsidRPr="00921231" w:rsidRDefault="00921231" w:rsidP="00C33AAA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IMPORTANT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921231">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>NOTE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921231">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004E4ABB" w:rsidRPr="00921231">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="C00000"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="29B2E9A2" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+        </w:rPr>
+        <w:t xml:space="preserve">If your GPA is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921231">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4ABB" w:rsidRPr="00921231">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in this range, do </w:t>
+      </w:r>
+      <w:r w:rsidR="006D37BF">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4ABB" w:rsidRPr="00921231">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B2E9A2" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You should be </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actively and regularly involved in </w:t>
       </w:r>
       <w:r>
@@ -756,886 +927,1006 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB9C2FE" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRPr="007076C5" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+    <w:p w14:paraId="4FB9C2FE" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRPr="007076C5" w:rsidRDefault="00EB0D29" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007076C5">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should have clear</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="007076C5">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> goals for </w:t>
       </w:r>
       <w:r w:rsidRPr="007076C5">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>your future studies</w:t>
       </w:r>
       <w:r w:rsidR="0079736D" w:rsidRPr="007076C5">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247A6DA1" w14:textId="29B6E201" w:rsidR="00151EFA" w:rsidRPr="00EB0D29" w:rsidRDefault="0079736D" w:rsidP="0079736D">
+    <w:p w14:paraId="07CC8DC9" w14:textId="37B05FF3" w:rsidR="00EB0D29" w:rsidRPr="006D37BF" w:rsidRDefault="0079736D" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007076C5">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Although</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> financial need </w:t>
       </w:r>
       <w:r w:rsidR="00E05A15">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may be</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0D29">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> considered, it is not the primary </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00EB0D29">
+        <w:t xml:space="preserve"> considered, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it is </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A71" w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>one of several</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504BE4" w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>criteri</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A71" w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a used</w:t>
+      </w:r>
+      <w:r w:rsidR="00504BE4" w:rsidRPr="00921231">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921231">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for selection. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CC8DC9" w14:textId="77777777" w:rsidR="00EB0D29" w:rsidRPr="00EB0D29" w:rsidRDefault="00EB0D29" w:rsidP="00EB0D29">
+    <w:p w14:paraId="64FAFC7E" w14:textId="77777777" w:rsidR="006D37BF" w:rsidRPr="00413C3A" w:rsidRDefault="006D37BF" w:rsidP="006D37BF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D6818C2" w14:textId="79665C40" w:rsidR="008D68D2" w:rsidRPr="00252500" w:rsidRDefault="00252500" w:rsidP="00EB0D29">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00252500">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Instructions for application:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE496A9" w14:textId="039CCE68" w:rsidR="004335ED" w:rsidRDefault="008D68D2" w:rsidP="00AE36D1">
-      <w:pPr>
+    <w:p w14:paraId="3EE496A9" w14:textId="594B08F1" w:rsidR="004335ED" w:rsidRPr="00837A8B" w:rsidRDefault="008D68D2" w:rsidP="00837A8B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB0D29">
+      <w:r w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All applicable items must be </w:t>
       </w:r>
-      <w:r w:rsidR="00E90C4C" w:rsidRPr="00E90C4C">
+      <w:r w:rsidR="00E90C4C" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>fully</w:t>
       </w:r>
-      <w:r w:rsidR="00E90C4C">
+      <w:r w:rsidR="00E90C4C" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB0D29">
+      <w:r w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>type</w:t>
       </w:r>
-      <w:r w:rsidR="00EB27E9">
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00820BC8" w:rsidRPr="00EB0D29">
+      <w:r w:rsidR="00820BC8" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00252500">
+      <w:r w:rsidR="00252500" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(not handwritten) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB0D29">
+      <w:r w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and adhere to the space </w:t>
       </w:r>
-      <w:r w:rsidR="006A57F8">
+      <w:r w:rsidR="006A57F8" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>constraints</w:t>
       </w:r>
-      <w:r w:rsidR="00EB27E9">
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB0D29">
+      <w:r w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00EB27E9" w:rsidRPr="00EB27E9">
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The applicant</w:t>
       </w:r>
-      <w:r w:rsidR="00EB27E9">
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should submit the following</w:t>
       </w:r>
-      <w:r w:rsidR="00252500">
+      <w:r w:rsidR="00252500" w:rsidRPr="00837A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> documents in a single email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="004335ED" w:rsidRPr="00AB25B2">
+        <w:r w:rsidR="004335ED" w:rsidRPr="00837A8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>flchapterbq@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...75 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005A5990">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7AB2B1" w14:textId="7B5A443D" w:rsidR="008D68D2" w:rsidRPr="00EB27E9" w:rsidRDefault="00EB27E9" w:rsidP="00EB27E9">
+    <w:p w14:paraId="5B7AB2B1" w14:textId="5B01FFCE" w:rsidR="008D68D2" w:rsidRDefault="00EB27E9" w:rsidP="00EB27E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Application </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="007F7C39">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5990">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00087285">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Word document or PDF</w:t>
+      </w:r>
+      <w:r w:rsidR="005A5990">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4543">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sections I-</w:t>
       </w:r>
       <w:r w:rsidR="008E4CE0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...13 lines deleted...]
-        <w:t>Sections I-</w:t>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1B17">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="008E4CE0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>V</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="0D262006" w14:textId="6BEA6CB7" w:rsidR="008D68D2" w:rsidRPr="003B7CC3" w:rsidRDefault="00EB27E9" w:rsidP="00AE36D1">
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7C39">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33213519" w14:textId="77777777" w:rsidR="00AB085E" w:rsidRDefault="007F7C39" w:rsidP="007F7C39">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the Subject line put your </w:t>
+      </w:r>
+      <w:r w:rsidR="00360759" w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">last </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB085E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, first name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the word</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB085E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB085E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PEO </w:t>
+      </w:r>
+      <w:r w:rsidR="00360759" w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pplication:”</w:t>
+      </w:r>
+      <w:r w:rsidR="00360759" w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD2D7FB" w14:textId="3EE004B4" w:rsidR="007F7C39" w:rsidRPr="00757820" w:rsidRDefault="00360759" w:rsidP="007F7C39">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Example:  Martin</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB085E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Sarah PEO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757820">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D262006" w14:textId="6A07AF9C" w:rsidR="008D68D2" w:rsidRPr="00360759" w:rsidRDefault="00360759" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...42 lines deleted...]
-    <w:p w14:paraId="0AA732FE" w14:textId="24606BB8" w:rsidR="008D68D2" w:rsidRPr="00E802B4" w:rsidRDefault="005401E1" w:rsidP="00AE36D1">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360759">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attach you unofficial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360759">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">junior and senior year </w:t>
+      </w:r>
+      <w:r w:rsidR="00730347" w:rsidRPr="00360759">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transcripts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360759">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A26292" w14:textId="77777777" w:rsidR="00233D45" w:rsidRPr="00233D45" w:rsidRDefault="005401E1" w:rsidP="00C33AAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      <w:r>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00214A34">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The applicant </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E802B4">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E802B4">
+      <w:r w:rsidR="000D4827" w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214A34">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TWO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E802B4">
-[...22 lines deleted...]
-      <w:r w:rsidR="003B44B7" w:rsidRPr="00E802B4">
+      <w:r w:rsidRPr="00214A34">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E802B4">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00162408" w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>letters of recommendation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E802B4">
-[...233 lines deleted...]
-    <w:p w14:paraId="1E8F0983" w14:textId="76D20904" w:rsidR="003708F2" w:rsidRPr="00AE36D1" w:rsidRDefault="00EB27E9" w:rsidP="00AE36D1">
+      <w:r w:rsidR="006C6E53" w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please make sure the letter writers understand what kind of information we seek. Check page 5 of this application </w:t>
+      </w:r>
+      <w:r w:rsidR="001E169F" w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">so you can guide the letter writers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F11426F" w14:textId="77777777" w:rsidR="000D2077" w:rsidRDefault="00162408" w:rsidP="00757820">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The letters should be sent directly </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00233D45" w:rsidRPr="00D17B1F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>flchapterbq@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C603E0" w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A621B" w:rsidRPr="00214A34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r w:rsidR="008D68D2" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommendation must be from a person familiar with your academic achievements, such as a </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>teacher</w:t>
+      </w:r>
+      <w:r w:rsidR="008D68D2" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the other</w:t>
+      </w:r>
+      <w:r w:rsidR="008D68D2" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommendation must be from a person familiar with other </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-academic, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D68D2" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notable achievements that you have made</w:t>
+      </w:r>
+      <w:r w:rsidR="00413C3A" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or from someone for whom you have worked</w:t>
+      </w:r>
+      <w:r w:rsidR="008D68D2" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512AEE3F" w14:textId="77777777" w:rsidR="000D2077" w:rsidRDefault="008D68D2" w:rsidP="00757820">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recommendations from other students or family members will not be considered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CFCF5A" w14:textId="5746C61B" w:rsidR="0038526C" w:rsidRPr="000D2077" w:rsidRDefault="008D68D2" w:rsidP="00757820">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recommendations must be submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via email directly from the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B44B7" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">letter writer </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB27E9" w:rsidRPr="000D2077">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(instructions are below) and cannot be submitted by the applicant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8F0983" w14:textId="30C12187" w:rsidR="003708F2" w:rsidRPr="00AE36D1" w:rsidRDefault="00EB27E9" w:rsidP="00757820">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E802B4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are selected for this award, you will </w:t>
       </w:r>
       <w:r w:rsidR="005A621B" w:rsidRPr="00E802B4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>need to complete additional paperwork to submit to PEO in</w:t>
+        <w:t xml:space="preserve">need to complete additional paperwork to submit to PEO </w:t>
+      </w:r>
+      <w:r w:rsidR="00757820">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in  </w:t>
       </w:r>
       <w:r w:rsidR="005A621B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> order to receive your scholarship.</w:t>
+        <w:t>order to receive your scholarship.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16221904" w14:textId="77777777" w:rsidR="008D68D2" w:rsidRPr="00EB0D29" w:rsidRDefault="008D68D2" w:rsidP="000B65B5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2967F3EC" w14:textId="7C06C4DA" w:rsidR="005A621B" w:rsidRDefault="00252500" w:rsidP="00DE00ED">
+    <w:p w14:paraId="2967F3EC" w14:textId="5E06FC7C" w:rsidR="005A621B" w:rsidRDefault="00252500" w:rsidP="00DE00ED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-288" w:right="-288"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The application, transcript, and both letters are </w:t>
+        <w:t xml:space="preserve">The application, transcript, and both </w:t>
+      </w:r>
+      <w:r w:rsidR="007A355B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reference </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">letters are </w:t>
       </w:r>
       <w:r w:rsidR="00893BB4" w:rsidRPr="00482C23">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>due</w:t>
       </w:r>
       <w:r w:rsidR="00AE36D1" w:rsidRPr="00AE36D1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE00ED">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
@@ -1643,303 +1934,254 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VIA EMAIL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00DE00ED">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="005A621B" w:rsidRPr="009F3899">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman TUR"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>flchapterbq@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6210D422" w14:textId="15958739" w:rsidR="00B62F56" w:rsidRPr="00DE00ED" w:rsidRDefault="00252500" w:rsidP="00DE00ED">
+    <w:p w14:paraId="6210D422" w14:textId="7018289B" w:rsidR="00B62F56" w:rsidRPr="00DE00ED" w:rsidRDefault="00252500" w:rsidP="00DE00ED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-288" w:right="-288"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="00007583" w:rsidRPr="00AE36D1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00024AAC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5:00 p.m., </w:t>
       </w:r>
-      <w:r w:rsidR="00C63B6B" w:rsidRPr="002E7263">
+      <w:r w:rsidR="00C63B6B" w:rsidRPr="00233D45">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MARCH </w:t>
       </w:r>
-      <w:r w:rsidR="002A3046" w:rsidRPr="002E7263">
-[...19 lines deleted...]
-      <w:r w:rsidR="00893BB4" w:rsidRPr="002E7263">
+      <w:r w:rsidR="009F20E3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00893BB4" w:rsidRPr="00233D45">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00186930" w:rsidRPr="002E7263">
-[...9 lines deleted...]
-      <w:r w:rsidR="00DE00ED" w:rsidRPr="002E7263">
+      <w:r w:rsidR="005A178B" w:rsidRPr="00233D45">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE00ED" w:rsidRPr="00233D45">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00893BB4" w:rsidRPr="002E7263">
+      <w:r w:rsidR="00893BB4" w:rsidRPr="00233D45">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE00ED">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Late or incomplete applications will not be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA6FD02" w14:textId="77777777" w:rsidR="00007583" w:rsidRPr="00EB0D29" w:rsidRDefault="00007583" w:rsidP="0079736D">
-[...46 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="07CD61B7" w14:textId="225C7A9C" w:rsidR="00252500" w:rsidRDefault="00252500">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="017D925C" w14:textId="5CC189B9" w:rsidR="00AE36D1" w:rsidRPr="00C42C12" w:rsidRDefault="00AE36D1" w:rsidP="008B7CC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42C12">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>PEO CHAPTER BQ, FLORIDA SCHOLARSHIP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496484B9" w14:textId="2FBED98B" w:rsidR="00C42C12" w:rsidRDefault="008B7CC1" w:rsidP="00C42C12">
+    <w:p w14:paraId="496484B9" w14:textId="1AB87213" w:rsidR="00C42C12" w:rsidRPr="00314141" w:rsidRDefault="008B7CC1" w:rsidP="00C42C12">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00314141">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00ED04B9">
+      <w:r w:rsidR="00ED04B9" w:rsidRPr="00314141">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E802B4">
-[...9 lines deleted...]
-      <w:r w:rsidR="00AE36D1" w:rsidRPr="00C42C12">
+      <w:r w:rsidR="00413C3A" w:rsidRPr="00314141">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE36D1" w:rsidRPr="00314141">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> APPLICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEC74A1" w14:textId="77777777" w:rsidR="00ED04B9" w:rsidRPr="00ED04B9" w:rsidRDefault="00ED04B9" w:rsidP="00C42C12">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FB5C6CA" w14:textId="77777777" w:rsidR="00ED04B9" w:rsidRDefault="00511BF8" w:rsidP="00511BF8">
       <w:pPr>
         <w:ind w:left="-360"/>
@@ -2014,227 +2256,197 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Word file or PDF</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the </w:t>
       </w:r>
       <w:r w:rsidR="00024AAC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515C5BD1" w14:textId="010CCE58" w:rsidR="00511BF8" w:rsidRDefault="00511BF8" w:rsidP="00511BF8">
+    <w:p w14:paraId="515C5BD1" w14:textId="5EBF1007" w:rsidR="00511BF8" w:rsidRDefault="00511BF8" w:rsidP="00511BF8">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00024AAC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“(your name): </w:t>
       </w:r>
+      <w:r w:rsidRPr="00314141">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PEO 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED04B9" w:rsidRPr="00314141">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="00413C3A" w:rsidRPr="00314141">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005A621B" w:rsidRPr="00314141">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314141">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scholarship </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PEO 2</w:t>
-[...35 lines deleted...]
-        <w:t>Scholarship Application.”</w:t>
+        <w:t>Application.”</w:t>
       </w:r>
       <w:r w:rsidR="00024AAC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Example:  Martin, Sarah:  PEO 20</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Scholarship Application </w:t>
+        <w:t xml:space="preserve">  Example:  Martin, Sarah:  PEO Application </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E1569D" w14:textId="77777777" w:rsidR="00511BF8" w:rsidRPr="00511BF8" w:rsidRDefault="00511BF8" w:rsidP="00511BF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30449AFB" w14:textId="04CE7C19" w:rsidR="00C42C12" w:rsidRPr="00C42C12" w:rsidRDefault="00D04111" w:rsidP="008B7CC1">
       <w:pPr>
         <w:ind w:left="-270"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Section I:  </w:t>
       </w:r>
       <w:r w:rsidR="00C42C12" w:rsidRPr="00C42C12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal Information</w:t>
       </w:r>
       <w:r w:rsidR="00186930">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00186930" w:rsidRPr="00186930">
+      <w:r w:rsidR="00186930" w:rsidRPr="00730347">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> if applicable</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all questions must be answered if applicable</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-288" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5076"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
       <w:tr w:rsidR="00511BF8" w14:paraId="70DA356A" w14:textId="77777777" w:rsidTr="00FE2483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5076" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="692184EF" w14:textId="77777777" w:rsidR="00511BF8" w:rsidRDefault="00087285" w:rsidP="00DE68F1">
             <w:pPr>
               <w:ind w:right="-288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
@@ -2543,141 +2755,196 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33F96D69" w14:textId="7B62A69E" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00186930" w14:paraId="679E1BDD" w14:textId="77777777" w:rsidTr="00FE2483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5076" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E059064" w14:textId="7340CFB1" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
+          <w:p w14:paraId="1E059064" w14:textId="057CD5E8" w:rsidR="00186930" w:rsidRDefault="00536D53" w:rsidP="000A0DE6">
+            <w:pPr>
+              <w:ind w:right="-18"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Technical/Vocational School, Junior College, College, or University</w:t>
+            </w:r>
+            <w:r w:rsidR="00413C3A" w:rsidRPr="00314141">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A0DE6">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">you are </w:t>
+            </w:r>
+            <w:r w:rsidR="00186930">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Planning to Attend in the Fall 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00186930">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Name, City/State):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56812139" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-18"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="56812139" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
+          </w:p>
+          <w:p w14:paraId="782520AF" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
+            <w:pPr>
+              <w:ind w:right="-288"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5220" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C65A2B" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-18"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-          <w:p w14:paraId="40C65A2B" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do you plan on changing schools after fall semester?   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4363D2E3" w14:textId="40A9334B" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-18"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00186930" w14:paraId="288EF377" w14:textId="77777777" w:rsidTr="00FE2483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5076" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5475C1CC" w14:textId="4498826E" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
+          <w:p w14:paraId="5475C1CC" w14:textId="1D4853FE" w:rsidR="00186930" w:rsidRPr="00536D53" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>What are you planning to major in at college?</w:t>
+            <w:r w:rsidRPr="00536D53">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">What </w:t>
+            </w:r>
+            <w:r w:rsidR="00D563EE" w:rsidRPr="00536D53">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">will be the focus of your academic </w:t>
+            </w:r>
+            <w:r w:rsidR="004447B6" w:rsidRPr="00536D53">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pursuit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536D53">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E99FEC0" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="379FDF7A" w14:textId="77777777" w:rsidR="00186930" w:rsidRDefault="00186930" w:rsidP="00186930">
             <w:pPr>
               <w:ind w:right="-288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2861,52 +3128,61 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Do you qualify for a Bright Futures scholarship?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="566942D0" w14:textId="22FB4F43" w:rsidR="004B0170" w:rsidRDefault="004B0170" w:rsidP="00A14399">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-288"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>________Yes</w:t>
+              <w:t>________</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00757058">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">           _____No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B0170" w14:paraId="2B6B2EEB" w14:textId="77777777" w:rsidTr="00A14399">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5076" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5047F7CE" w14:textId="1349D1A4" w:rsidR="004B0170" w:rsidRDefault="004B0170" w:rsidP="00A14399">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-288"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2937,90 +3213,104 @@
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>uition?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73FA6B5B" w14:textId="4AD7EE69" w:rsidR="004B0170" w:rsidRDefault="00757058" w:rsidP="00A14399">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-288"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>_______Yes     ______No</w:t>
+              <w:t>_______</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">     ______No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="760630C8" w14:textId="286FDF1E" w:rsidR="004B0170" w:rsidRDefault="004B0170" w:rsidP="00A14399">
+          <w:p w14:paraId="760630C8" w14:textId="7ACAFF0D" w:rsidR="004B0170" w:rsidRDefault="004B0170" w:rsidP="00A14399">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-288"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Do you currently have job? </w:t>
             </w:r>
             <w:r w:rsidR="000F7987">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Where</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-              <w:t>Where</w:t>
+            <w:r w:rsidR="004447B6">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman TUR"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="64562F27" w14:textId="77777777" w:rsidR="00757058" w:rsidRDefault="00757058" w:rsidP="00A14399">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-288"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68F573DF" w14:textId="668A57C6" w:rsidR="00757058" w:rsidRDefault="00757058" w:rsidP="00A14399">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-288"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman TUR"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="641C6E24" w14:textId="77777777" w:rsidR="00C42C12" w:rsidRDefault="00C42C12" w:rsidP="008E4CE0">
@@ -4268,52 +4558,57 @@
       </w:r>
       <w:r w:rsidR="00C42C12" w:rsidRPr="00C42C12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:  Essay - Personal Goals and Future Plans</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="642BFC08" w14:textId="77777777" w:rsidR="00DE68F1" w:rsidRPr="00C42C12" w:rsidRDefault="00DE68F1" w:rsidP="00C42C12"/>
     <w:p w14:paraId="0670AB55" w14:textId="7DFA1F31" w:rsidR="00DE68F1" w:rsidRPr="00C42C12" w:rsidRDefault="00DE68F1" w:rsidP="00C42C12">
       <w:r w:rsidRPr="00C42C12">
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidRPr="00901DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>500 words</w:t>
       </w:r>
       <w:r w:rsidRPr="00C42C12">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009743C8" w:rsidRPr="00C42C12">
-        <w:t xml:space="preserve">fewer, </w:t>
+        <w:t>fewer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009743C8" w:rsidRPr="00C42C12">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00632148">
         <w:t xml:space="preserve">please type your </w:t>
       </w:r>
       <w:r w:rsidRPr="00C42C12">
         <w:t xml:space="preserve">essay </w:t>
       </w:r>
       <w:r w:rsidR="000F7987">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>on this page, using a second page as necessary</w:t>
       </w:r>
       <w:r w:rsidR="00632148">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C42C12">
         <w:t>in response to the following questions:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B6988FD" w14:textId="77777777" w:rsidR="00DE68F1" w:rsidRPr="00C42C12" w:rsidRDefault="00DE68F1" w:rsidP="00C42C12"/>
     <w:p w14:paraId="0AB912BA" w14:textId="15C0857F" w:rsidR="002200D9" w:rsidRDefault="00DE68F1" w:rsidP="00C42C12">
       <w:pPr>
         <w:numPr>
@@ -4433,720 +4728,350 @@
     </w:p>
     <w:p w14:paraId="6848E22D" w14:textId="77777777" w:rsidR="00F14FED" w:rsidRPr="00E802B4" w:rsidRDefault="00F14FED" w:rsidP="008B7CC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E802B4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PEO CHAPTER BQ, FLORIDA SCHOLARSHIP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F19C511" w14:textId="58DA1CA2" w:rsidR="00F14FED" w:rsidRPr="00E802B4" w:rsidRDefault="006A57F8" w:rsidP="00F14FED">
+    <w:p w14:paraId="2AAA0C85" w14:textId="673F8E19" w:rsidR="00F14FED" w:rsidRDefault="00F67CAE" w:rsidP="00F14FED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E802B4">
+      <w:r w:rsidRPr="00536D53">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED04B9" w:rsidRPr="00E802B4">
+        <w:t>2026 Letter of Recommendation</w:t>
+      </w:r>
+      <w:r w:rsidR="00536D53">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E802B4" w:rsidRPr="00E802B4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E4F2F8" w14:textId="6444C106" w:rsidR="00CC230A" w:rsidRPr="00536D53" w:rsidRDefault="00CC230A" w:rsidP="00F14FED">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman TUR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F14FED" w:rsidRPr="00E802B4">
+        <w:t xml:space="preserve">Student: You will need two letters Please share this with your letter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005401E1" w:rsidRPr="00E802B4">
+        <w:t>writers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman TUR"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Letter Request Form</w:t>
-[...16 lines deleted...]
-        <w:ind w:firstLine="720"/>
+        <w:t xml:space="preserve"> so they know the questions to address in their letter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C62D106" w14:textId="77777777" w:rsidR="005401E1" w:rsidRPr="00E802B4" w:rsidRDefault="005401E1" w:rsidP="008B7CC1">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01EEC1CF" w14:textId="77777777" w:rsidR="005401E1" w:rsidRPr="00E802B4" w:rsidRDefault="005401E1" w:rsidP="008B7CC1">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B28AE0" w14:textId="5F634781" w:rsidR="005A35C2" w:rsidRPr="00E802B4" w:rsidRDefault="005A35C2" w:rsidP="00C42C12">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E802B4">
-        <w:t xml:space="preserve">The student named below is applying for a scholarship from Chapter BQ </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Florida </w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="005401E1" w:rsidRPr="00E802B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>address</w:t>
       </w:r>
       <w:r w:rsidRPr="00E802B4">
-        <w:t>of PEO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A50D28" w:rsidRPr="00E802B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following questions about the applicant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2858" w:rsidRPr="00E802B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="005401E1" w:rsidRPr="00E802B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>a letter submitted as a separate Word document or PDF</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2858" w:rsidRPr="00E802B4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E802B4">
-[...28 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00823AB8" w:rsidRPr="00E802B4">
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman TUR"/>
-[...51 lines deleted...]
-        <w:t>Letters that do not include a handwritten signature will not be considered.</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Email your letter</w:t>
+      </w:r>
+      <w:r w:rsidR="009F20E3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no later than March 30</w:t>
       </w:r>
       <w:r w:rsidR="00823AB8" w:rsidRPr="00E802B4">
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman TUR"/>
-[...349 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00823AB8" w:rsidRPr="00E802B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>flchapterbq@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1FC27DFC" w14:textId="77777777" w:rsidR="00823AB8" w:rsidRPr="00E802B4" w:rsidRDefault="00823AB8" w:rsidP="00C42C12">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7686A62A" w14:textId="77777777" w:rsidR="00DD2858" w:rsidRPr="00E802B4" w:rsidRDefault="005A35C2" w:rsidP="00C42C12">
       <w:r w:rsidRPr="00E802B4">
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00DD2858" w:rsidRPr="00E802B4">
         <w:t>How do you know the candidate and for how long?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A17D97" w14:textId="77777777" w:rsidR="005A35C2" w:rsidRPr="00E802B4" w:rsidRDefault="00DD2858" w:rsidP="00C42C12">
       <w:r w:rsidRPr="00E802B4">
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="005A35C2" w:rsidRPr="00E802B4">
         <w:t>What do you perceive as strengths of the candidate?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5BC5BA" w14:textId="77777777" w:rsidR="005A35C2" w:rsidRPr="00E802B4" w:rsidRDefault="00DD2858" w:rsidP="00C42C12">
+    <w:p w14:paraId="1C5BC5BA" w14:textId="1913A54D" w:rsidR="005A35C2" w:rsidRPr="00E802B4" w:rsidRDefault="00DD2858" w:rsidP="00C42C12">
       <w:r w:rsidRPr="00E802B4">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="005A35C2" w:rsidRPr="00E802B4">
-        <w:t>. What is the candidate’s potential for completion of course of study and goals?</w:t>
+        <w:t xml:space="preserve">. What is the candidate’s potential for completion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00730347">
+        <w:t xml:space="preserve">her </w:t>
+      </w:r>
+      <w:r w:rsidR="005A35C2" w:rsidRPr="00E802B4">
+        <w:t>course of study and goals?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07BD2912" w14:textId="17E25F11" w:rsidR="005A35C2" w:rsidRDefault="005A35C2" w:rsidP="00C42C12">
       <w:r w:rsidRPr="00E802B4">
         <w:t xml:space="preserve">4. Please </w:t>
       </w:r>
       <w:r w:rsidR="00DD2858" w:rsidRPr="00E802B4">
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidRPr="00E802B4">
         <w:t xml:space="preserve"> a brief assessment of the candidate’s academic skills</w:t>
       </w:r>
       <w:r w:rsidR="00ED04B9" w:rsidRPr="00E802B4">
         <w:t>, communication skills, and personal qualities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCF8585" w14:textId="77777777" w:rsidR="005401E1" w:rsidRDefault="005401E1" w:rsidP="00C42C12"/>
     <w:p w14:paraId="1B3F97D8" w14:textId="77777777" w:rsidR="008B7CC1" w:rsidRPr="008B7CC1" w:rsidRDefault="008B7CC1" w:rsidP="008B7CC1"/>
     <w:p w14:paraId="71B0F82E" w14:textId="77777777" w:rsidR="005A35C2" w:rsidRPr="008B7CC1" w:rsidRDefault="005A35C2" w:rsidP="008B7CC1">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A35C2" w:rsidRPr="008B7CC1" w:rsidSect="00A17A3B">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F7A468E" w14:textId="77777777" w:rsidR="004E3B3A" w:rsidRDefault="004E3B3A" w:rsidP="004C07D6">
+    <w:p w14:paraId="62CB4B62" w14:textId="77777777" w:rsidR="00E354BE" w:rsidRDefault="00E354BE" w:rsidP="004C07D6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11C6EFEE" w14:textId="77777777" w:rsidR="004E3B3A" w:rsidRDefault="004E3B3A" w:rsidP="004C07D6">
+    <w:p w14:paraId="2B767A6D" w14:textId="77777777" w:rsidR="00E354BE" w:rsidRDefault="00E354BE" w:rsidP="004C07D6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman TUR">
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -5168,79 +5093,79 @@
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="008D78BA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5CD24272" w14:textId="77777777" w:rsidR="00342D4D" w:rsidRDefault="00342D4D" w:rsidP="00320591">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59C58EC4" w14:textId="77777777" w:rsidR="004E3B3A" w:rsidRDefault="004E3B3A" w:rsidP="004C07D6">
+    <w:p w14:paraId="3BD93F72" w14:textId="77777777" w:rsidR="00E354BE" w:rsidRDefault="00E354BE" w:rsidP="004C07D6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08011153" w14:textId="77777777" w:rsidR="004E3B3A" w:rsidRDefault="004E3B3A" w:rsidP="004C07D6">
+    <w:p w14:paraId="468ECFEB" w14:textId="77777777" w:rsidR="00E354BE" w:rsidRDefault="00E354BE" w:rsidP="004C07D6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A18B937" w14:textId="77777777" w:rsidR="00342D4D" w:rsidRDefault="00342D4D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="644EAE6B" wp14:editId="3986375B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="644EAE6B" wp14:editId="3986375B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>12700</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-238125</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1422400" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20800"/>
               <wp:lineTo x="21214" y="20800"/>
               <wp:lineTo x="21214" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -6137,59 +6062,62 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BE53CB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A50099A0"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="882A3532"/>
+    <w:lvl w:ilvl="0" w:tplc="18B4F724">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6305,233 +6233,281 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE68F1"/>
     <w:rsid w:val="00000F4F"/>
     <w:rsid w:val="00005039"/>
     <w:rsid w:val="00007583"/>
     <w:rsid w:val="00013431"/>
     <w:rsid w:val="000200E8"/>
     <w:rsid w:val="00024AAC"/>
     <w:rsid w:val="0002655F"/>
     <w:rsid w:val="000567E6"/>
     <w:rsid w:val="00073980"/>
     <w:rsid w:val="00077953"/>
     <w:rsid w:val="00087285"/>
     <w:rsid w:val="0009160C"/>
+    <w:rsid w:val="000A0DE6"/>
     <w:rsid w:val="000B65B5"/>
     <w:rsid w:val="000C420B"/>
+    <w:rsid w:val="000D2077"/>
+    <w:rsid w:val="000D4827"/>
     <w:rsid w:val="000E7D0D"/>
     <w:rsid w:val="000F7987"/>
     <w:rsid w:val="001015CE"/>
     <w:rsid w:val="0010571E"/>
     <w:rsid w:val="00151EFA"/>
+    <w:rsid w:val="00162408"/>
     <w:rsid w:val="001633EF"/>
     <w:rsid w:val="001800DE"/>
     <w:rsid w:val="00186930"/>
     <w:rsid w:val="00191ED4"/>
     <w:rsid w:val="001A6AB4"/>
+    <w:rsid w:val="001B2D2E"/>
     <w:rsid w:val="001C1E73"/>
     <w:rsid w:val="001C7A67"/>
+    <w:rsid w:val="001E169F"/>
+    <w:rsid w:val="00214A34"/>
     <w:rsid w:val="002200D9"/>
+    <w:rsid w:val="00233D45"/>
+    <w:rsid w:val="00237C54"/>
+    <w:rsid w:val="0024449B"/>
     <w:rsid w:val="00246844"/>
-    <w:rsid w:val="002524DC"/>
+    <w:rsid w:val="0024747E"/>
     <w:rsid w:val="00252500"/>
     <w:rsid w:val="00253B57"/>
     <w:rsid w:val="002616F5"/>
     <w:rsid w:val="002A3046"/>
+    <w:rsid w:val="002B4E51"/>
     <w:rsid w:val="002B51C8"/>
     <w:rsid w:val="002C0B1B"/>
     <w:rsid w:val="002C15E3"/>
     <w:rsid w:val="002C2D57"/>
     <w:rsid w:val="002E7263"/>
+    <w:rsid w:val="00314141"/>
     <w:rsid w:val="00315BB7"/>
     <w:rsid w:val="00320591"/>
     <w:rsid w:val="0033479D"/>
     <w:rsid w:val="00342D4D"/>
     <w:rsid w:val="0035503A"/>
+    <w:rsid w:val="00360759"/>
     <w:rsid w:val="003708F2"/>
+    <w:rsid w:val="0038526C"/>
     <w:rsid w:val="00390019"/>
     <w:rsid w:val="00393B6A"/>
     <w:rsid w:val="003B44B7"/>
     <w:rsid w:val="003B7CC3"/>
     <w:rsid w:val="003C39D3"/>
+    <w:rsid w:val="003E2A71"/>
     <w:rsid w:val="003F06B1"/>
     <w:rsid w:val="004070DC"/>
+    <w:rsid w:val="00413C3A"/>
     <w:rsid w:val="00426F6B"/>
     <w:rsid w:val="00430726"/>
     <w:rsid w:val="004335ED"/>
+    <w:rsid w:val="004447B6"/>
     <w:rsid w:val="00446ACF"/>
     <w:rsid w:val="0047474C"/>
     <w:rsid w:val="00482C23"/>
+    <w:rsid w:val="00492B11"/>
     <w:rsid w:val="004A69BD"/>
     <w:rsid w:val="004A6DAE"/>
     <w:rsid w:val="004B0170"/>
     <w:rsid w:val="004B4BB7"/>
     <w:rsid w:val="004C07D6"/>
+    <w:rsid w:val="004D53B6"/>
+    <w:rsid w:val="004D6380"/>
     <w:rsid w:val="004D6702"/>
     <w:rsid w:val="004D7C48"/>
     <w:rsid w:val="004E3B3A"/>
     <w:rsid w:val="004E4ABB"/>
     <w:rsid w:val="004E7E57"/>
     <w:rsid w:val="004F55FB"/>
     <w:rsid w:val="00504BE4"/>
     <w:rsid w:val="00511BF8"/>
     <w:rsid w:val="005215C6"/>
     <w:rsid w:val="00536052"/>
+    <w:rsid w:val="00536D53"/>
     <w:rsid w:val="005401E1"/>
-    <w:rsid w:val="00547D19"/>
     <w:rsid w:val="00577EA8"/>
     <w:rsid w:val="00582E94"/>
     <w:rsid w:val="0059093D"/>
+    <w:rsid w:val="005A178B"/>
     <w:rsid w:val="005A35C2"/>
+    <w:rsid w:val="005A5990"/>
     <w:rsid w:val="005A621B"/>
     <w:rsid w:val="005C143C"/>
     <w:rsid w:val="005D5BCF"/>
     <w:rsid w:val="005E5053"/>
+    <w:rsid w:val="005F10A5"/>
     <w:rsid w:val="006110B9"/>
     <w:rsid w:val="006212BD"/>
     <w:rsid w:val="006246CB"/>
     <w:rsid w:val="00632148"/>
     <w:rsid w:val="00643754"/>
-    <w:rsid w:val="0064691D"/>
     <w:rsid w:val="00654265"/>
     <w:rsid w:val="006625D5"/>
     <w:rsid w:val="006A57F8"/>
     <w:rsid w:val="006B23D4"/>
     <w:rsid w:val="006B64EC"/>
+    <w:rsid w:val="006C6E53"/>
+    <w:rsid w:val="006D37BF"/>
     <w:rsid w:val="006F6183"/>
     <w:rsid w:val="007076C5"/>
     <w:rsid w:val="00707B4B"/>
     <w:rsid w:val="00720D02"/>
+    <w:rsid w:val="00730347"/>
     <w:rsid w:val="00757058"/>
+    <w:rsid w:val="00757820"/>
     <w:rsid w:val="00774154"/>
     <w:rsid w:val="00790C82"/>
     <w:rsid w:val="00792AC5"/>
     <w:rsid w:val="00793C77"/>
     <w:rsid w:val="0079736D"/>
+    <w:rsid w:val="007A355B"/>
     <w:rsid w:val="007A7CF9"/>
     <w:rsid w:val="007D65EB"/>
     <w:rsid w:val="007F0469"/>
+    <w:rsid w:val="007F7C39"/>
     <w:rsid w:val="00817E2E"/>
     <w:rsid w:val="00820BC8"/>
     <w:rsid w:val="00823AB8"/>
+    <w:rsid w:val="00837A8B"/>
     <w:rsid w:val="00893BB4"/>
     <w:rsid w:val="008B7CC1"/>
     <w:rsid w:val="008C4543"/>
     <w:rsid w:val="008D2655"/>
     <w:rsid w:val="008D68D2"/>
     <w:rsid w:val="008D78BA"/>
     <w:rsid w:val="008E3F2A"/>
     <w:rsid w:val="008E4CE0"/>
     <w:rsid w:val="00901909"/>
     <w:rsid w:val="00901DE5"/>
+    <w:rsid w:val="00921231"/>
     <w:rsid w:val="00945F97"/>
     <w:rsid w:val="0094771D"/>
     <w:rsid w:val="00953ED6"/>
     <w:rsid w:val="0096467E"/>
+    <w:rsid w:val="00971D6F"/>
+    <w:rsid w:val="00973DA9"/>
     <w:rsid w:val="009743C8"/>
     <w:rsid w:val="009746DE"/>
     <w:rsid w:val="009948E7"/>
     <w:rsid w:val="009A67AE"/>
     <w:rsid w:val="009E0EDC"/>
     <w:rsid w:val="009E703B"/>
+    <w:rsid w:val="009F20E3"/>
     <w:rsid w:val="009F4F3E"/>
     <w:rsid w:val="00A17A3B"/>
     <w:rsid w:val="00A2439C"/>
     <w:rsid w:val="00A36022"/>
     <w:rsid w:val="00A50D28"/>
     <w:rsid w:val="00A52C6D"/>
     <w:rsid w:val="00A532EB"/>
     <w:rsid w:val="00A5579F"/>
     <w:rsid w:val="00A6033F"/>
+    <w:rsid w:val="00A6755A"/>
     <w:rsid w:val="00A7135A"/>
     <w:rsid w:val="00A87D3C"/>
     <w:rsid w:val="00A9410B"/>
     <w:rsid w:val="00AA241D"/>
+    <w:rsid w:val="00AA6AD0"/>
     <w:rsid w:val="00AB059C"/>
+    <w:rsid w:val="00AB085E"/>
     <w:rsid w:val="00AE36D1"/>
     <w:rsid w:val="00B103F2"/>
+    <w:rsid w:val="00B41F54"/>
     <w:rsid w:val="00B62F56"/>
+    <w:rsid w:val="00BA7F6E"/>
     <w:rsid w:val="00BB1B17"/>
+    <w:rsid w:val="00BB46C0"/>
+    <w:rsid w:val="00BC4123"/>
     <w:rsid w:val="00BD5364"/>
     <w:rsid w:val="00BD72E3"/>
     <w:rsid w:val="00C04546"/>
     <w:rsid w:val="00C0636F"/>
+    <w:rsid w:val="00C33AAA"/>
     <w:rsid w:val="00C42C12"/>
     <w:rsid w:val="00C603E0"/>
     <w:rsid w:val="00C63B6B"/>
     <w:rsid w:val="00C74DDF"/>
     <w:rsid w:val="00C96492"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CB7F9B"/>
+    <w:rsid w:val="00CC230A"/>
     <w:rsid w:val="00CE3A42"/>
     <w:rsid w:val="00CF372B"/>
     <w:rsid w:val="00D04111"/>
     <w:rsid w:val="00D13F42"/>
     <w:rsid w:val="00D22680"/>
     <w:rsid w:val="00D25E97"/>
     <w:rsid w:val="00D3634D"/>
+    <w:rsid w:val="00D563EE"/>
     <w:rsid w:val="00D84739"/>
     <w:rsid w:val="00DA15AA"/>
     <w:rsid w:val="00DB3827"/>
     <w:rsid w:val="00DD2858"/>
     <w:rsid w:val="00DE00ED"/>
     <w:rsid w:val="00DE2362"/>
     <w:rsid w:val="00DE2389"/>
     <w:rsid w:val="00DE68F1"/>
     <w:rsid w:val="00E05A15"/>
     <w:rsid w:val="00E21181"/>
+    <w:rsid w:val="00E25DA7"/>
+    <w:rsid w:val="00E354BE"/>
     <w:rsid w:val="00E557A7"/>
     <w:rsid w:val="00E6071B"/>
     <w:rsid w:val="00E802B4"/>
     <w:rsid w:val="00E90C4C"/>
     <w:rsid w:val="00E927AD"/>
     <w:rsid w:val="00E92FC2"/>
     <w:rsid w:val="00E93B56"/>
     <w:rsid w:val="00E956A7"/>
     <w:rsid w:val="00EB0D29"/>
     <w:rsid w:val="00EB27E9"/>
     <w:rsid w:val="00ED04B9"/>
     <w:rsid w:val="00ED16B1"/>
     <w:rsid w:val="00EE57C8"/>
     <w:rsid w:val="00EF363F"/>
     <w:rsid w:val="00F00873"/>
     <w:rsid w:val="00F0136D"/>
     <w:rsid w:val="00F14FED"/>
     <w:rsid w:val="00F241FC"/>
+    <w:rsid w:val="00F30224"/>
     <w:rsid w:val="00F51BBD"/>
     <w:rsid w:val="00F529FE"/>
+    <w:rsid w:val="00F67CAE"/>
+    <w:rsid w:val="00F855AF"/>
     <w:rsid w:val="00F872ED"/>
     <w:rsid w:val="00FE2483"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7431,62 +7407,74 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FE2483"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00823AB8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00233D45"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flchapterbq@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7771,70 +7759,70 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1247</Words>
-  <Characters>7113</Characters>
+  <Words>1025</Words>
+  <Characters>5848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8344</CharactersWithSpaces>
+  <CharactersWithSpaces>6860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Judy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>